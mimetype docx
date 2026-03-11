--- v0 (2026-01-24)
+++ v1 (2026-03-11)
@@ -40,51 +40,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C3EF784" w14:textId="454919CD" w:rsidR="00797F83" w:rsidRPr="002C0D5E" w:rsidRDefault="00D15B62" w:rsidP="007D5EA7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="206FB793" wp14:editId="6264909B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="206FB793" wp14:editId="7647D3B3">
             <wp:extent cx="5966956" cy="2559430"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Picture 3" descr="Text&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Picture 3" descr="Text&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -102,95 +102,95 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="26AA5095" w14:textId="77777777" w:rsidR="00797F83" w:rsidRPr="002C0D5E" w:rsidRDefault="00797F83" w:rsidP="007D5EA7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EE21E7F" w14:textId="77777777" w:rsidR="00797F83" w:rsidRPr="002C0D5E" w:rsidRDefault="00797F83" w:rsidP="007D5EA7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73B8DB14" w14:textId="333032FC" w:rsidR="00797F83" w:rsidRPr="009F5BE5" w:rsidRDefault="0047072D" w:rsidP="00CB5814">
+    <w:p w14:paraId="73B8DB14" w14:textId="0E808F37" w:rsidR="00797F83" w:rsidRPr="009F5BE5" w:rsidRDefault="0047072D" w:rsidP="00CB5814">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00792A79">
+      <w:r w:rsidR="00CF3571">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00792A79">
+      <w:r w:rsidR="00CF3571">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B992AB" w14:textId="77777777" w:rsidR="00797F83" w:rsidRPr="009F5BE5" w:rsidRDefault="00CB5814" w:rsidP="00CB5814">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t xml:space="preserve">      Executive Team</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3C5C1A" w14:textId="23314657" w:rsidR="00797F83" w:rsidRPr="009F5BE5" w:rsidRDefault="00CB5814" w:rsidP="00CB5814">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -209,77 +209,75 @@
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00787239" w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>Application Package</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25A60AD8" w14:textId="77777777" w:rsidR="00797F83" w:rsidRPr="009F5BE5" w:rsidRDefault="00797F83" w:rsidP="007D5EA7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DFAB930" w14:textId="174C1748" w:rsidR="00797F83" w:rsidRPr="009F5BE5" w:rsidRDefault="00797F83" w:rsidP="007D5EA7">
+    <w:p w14:paraId="6DFAB930" w14:textId="5132EBEE" w:rsidR="00797F83" w:rsidRPr="009F5BE5" w:rsidRDefault="00797F83" w:rsidP="007D5EA7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">This packet contains </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="009F5BE5">
+      <w:r w:rsidR="00CF3571" w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>all of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>all</w:t>
+      </w:r>
       <w:r w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> the forms, </w:t>
       </w:r>
       <w:r w:rsidR="00C57502">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>qualifications</w:t>
       </w:r>
       <w:r w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C57502">
@@ -292,73 +290,73 @@
       </w:r>
       <w:r w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> and information ne</w:t>
       </w:r>
       <w:r w:rsidR="005716FA" w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">eded for a candidate in the </w:t>
       </w:r>
       <w:r w:rsidR="00827FF1" w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00792A79">
+      <w:r w:rsidR="00CF3571">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00827FF1" w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00792A79">
+      <w:r w:rsidR="00CF3571">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sou</w:t>
       </w:r>
       <w:r w:rsidR="007D5EA7" w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">thwestern College </w:t>
       </w:r>
       <w:r w:rsidR="00D15B62" w:rsidRPr="009F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Student Foundation Executive Team</w:t>
       </w:r>
@@ -679,93 +677,107 @@
         </w:rPr>
         <w:t>Student Foundation membership is made up of Southwestern College students</w:t>
       </w:r>
       <w:r w:rsidR="00522376">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
         <w:t>Members provide the insight to the student body that allows the group to coordinate effective events and programs for the campus.</w:t>
       </w:r>
       <w:r w:rsidR="00522376">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13A29B46" w14:textId="0FC46FC5" w:rsidR="00D61751" w:rsidRPr="00B31EF3" w:rsidRDefault="00A540CC" w:rsidP="005135F1">
+    <w:p w14:paraId="13A29B46" w14:textId="5F5025F9" w:rsidR="00D61751" w:rsidRPr="00B31EF3" w:rsidRDefault="00A540CC" w:rsidP="005135F1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
         <w:t>Th</w:t>
       </w:r>
       <w:r w:rsidR="000F6108" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
         <w:t xml:space="preserve">e Student Foundation Executive Team </w:t>
       </w:r>
       <w:r w:rsidR="00522376">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
         <w:t xml:space="preserve">come from members that have experience with STUFU general board membership or general event planning. The team is </w:t>
       </w:r>
       <w:r w:rsidR="000F6108" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
         <w:t>comprised of the President</w:t>
       </w:r>
       <w:r w:rsidR="007E6EBE">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
-        <w:t>, VP of Marketing and Finance, VP of Community, VP of Traditions, VP of Education, and VP of Sports</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00940E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:color w:val="3B3630"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Executive </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:color w:val="3B3630"/>
+        </w:rPr>
+        <w:t>VP of Marketing, VP of Community, VP of Traditions, VP of Education, and VP of Sports</w:t>
       </w:r>
       <w:r w:rsidR="00B5053D">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720EC613" w14:textId="3D1CE9DE" w:rsidR="000F6108" w:rsidRPr="00B31EF3" w:rsidRDefault="000F6108" w:rsidP="000F6108">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
         </w:rPr>
         <w:t xml:space="preserve">All members of the </w:t>
       </w:r>
@@ -1511,541 +1523,558 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Signatures Events</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2C7022" w14:textId="77777777" w:rsidR="00D61751" w:rsidRPr="00D61751" w:rsidRDefault="00D61751" w:rsidP="00D61751">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08318DFC" w14:textId="6242DA56" w:rsidR="00B124E4" w:rsidRDefault="00B124E4" w:rsidP="00D61751">
+    <w:p w14:paraId="16CF38B9" w14:textId="2D21E3EC" w:rsidR="00D61751" w:rsidRDefault="00D61751" w:rsidP="00D61751">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Keeping the Spirit</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="16CF38B9" w14:textId="2D21E3EC" w:rsidR="00D61751" w:rsidRDefault="00D61751" w:rsidP="00D61751">
+        <w:t>Homecoming</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23934258" w14:textId="499B3338" w:rsidR="00D61751" w:rsidRDefault="00D61751" w:rsidP="00D61751">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Homecoming</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="23934258" w14:textId="499B3338" w:rsidR="00D61751" w:rsidRDefault="00D61751" w:rsidP="00D61751">
+        <w:t>Summer Send Off</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6208D644" w14:textId="3C78977A" w:rsidR="00D61751" w:rsidRDefault="0026128F" w:rsidP="00D61751">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Summer Send Off</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6208D644" w14:textId="3C78977A" w:rsidR="00D61751" w:rsidRDefault="0026128F" w:rsidP="00D61751">
+        <w:t>Bingo Nights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0883AF24" w14:textId="423B3D0A" w:rsidR="00D61751" w:rsidRDefault="00D61751" w:rsidP="00D61751">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Bingo Nights</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0883AF24" w14:textId="423B3D0A" w:rsidR="00D61751" w:rsidRDefault="00D61751" w:rsidP="00D61751">
+        <w:t>Movie Nights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EDCB8CF" w14:textId="6123D2DE" w:rsidR="006D1AF7" w:rsidRDefault="006D1AF7" w:rsidP="00D61751">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Movie Nights</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7EDCB8CF" w14:textId="6123D2DE" w:rsidR="006D1AF7" w:rsidRDefault="006D1AF7" w:rsidP="00D61751">
+        <w:t>Week of Love</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F42FC8" w14:textId="55A78D46" w:rsidR="006D1AF7" w:rsidRDefault="006D1AF7" w:rsidP="00D61751">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Week of Love</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="38F42FC8" w14:textId="55A78D46" w:rsidR="006D1AF7" w:rsidRDefault="006D1AF7" w:rsidP="00D61751">
+        <w:t>SC Christmas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A17641" w14:textId="41421247" w:rsidR="00B124E4" w:rsidRDefault="00B124E4" w:rsidP="00D61751">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>SC Christmas</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>Homecoming with SGA collaboration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B78AD51" w14:textId="309F7EE1" w:rsidR="004F1BF3" w:rsidRDefault="004F1BF3">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="71D3425F" w14:textId="77777777" w:rsidR="001B3F92" w:rsidRPr="009F5BE5" w:rsidRDefault="001B3F92" w:rsidP="00FD1966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:color w:val="3B3630"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="345D2724" w14:textId="77777777" w:rsidR="005135F1" w:rsidRPr="002C0D5E" w:rsidRDefault="005135F1" w:rsidP="005716FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74B34E31" w14:textId="1CA36C96" w:rsidR="005716FA" w:rsidRPr="00B31EF3" w:rsidRDefault="00B31EF3" w:rsidP="005716FA">
+    <w:p w14:paraId="74B34E31" w14:textId="3D609512" w:rsidR="005716FA" w:rsidRPr="00B31EF3" w:rsidRDefault="00B31EF3" w:rsidP="005716FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Timeline</w:t>
       </w:r>
       <w:r w:rsidR="005716FA" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r w:rsidR="00827FF1" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00792A79">
+      <w:r w:rsidR="001A2C33">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>5-2026</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005716FA" w:rsidRPr="00B31EF3">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00792A79">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00787239" w:rsidRPr="00B31EF3">
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2C33">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>STUFU</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00792A79">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="005716FA" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00787239" w:rsidRPr="00B31EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>STUFU</w:t>
+      </w:r>
+      <w:r w:rsidR="00792A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Hiring Process</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DCB9DE5" w14:textId="77777777" w:rsidR="005716FA" w:rsidRPr="00347F3E" w:rsidRDefault="005716FA" w:rsidP="005716FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35D3F1BE" w14:textId="6D914F34" w:rsidR="00E15419" w:rsidRDefault="007E6EBE" w:rsidP="00FE609D">
+    <w:p w14:paraId="35D3F1BE" w14:textId="42A75C5B" w:rsidR="00E15419" w:rsidRDefault="001A2C33" w:rsidP="00FE609D">
       <w:pPr>
         <w:ind w:left="3960" w:hanging="4320"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Sunday</w:t>
+        <w:t>Wednesday</w:t>
       </w:r>
       <w:r w:rsidR="00E15419">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, March </w:t>
       </w:r>
+      <w:r w:rsidR="009A0156">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0156" w:rsidRPr="009A0156">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0156">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00792A79">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00792A79" w:rsidRPr="00792A79">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15419">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15419">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00687EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15419">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">open </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A1C489" w14:textId="77777777" w:rsidR="00E15419" w:rsidRDefault="00E15419" w:rsidP="00FE609D">
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="4320"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CD40E07" w14:textId="002D3B56" w:rsidR="00347F3E" w:rsidRPr="00B31EF3" w:rsidRDefault="00792A79" w:rsidP="00FE609D">
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="4320"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Wednesday</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1D8C" w:rsidRPr="00B31EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, March </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0156">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74C49">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>nd</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00792A79">
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00347F3E" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005716FA" w:rsidRPr="00B31EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC6F0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications</w:t>
+      </w:r>
+      <w:r w:rsidR="00347F3E" w:rsidRPr="00B31EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> due by 5P.M.</w:t>
+      </w:r>
+      <w:r w:rsidR="005716FA" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E15419">
-[...108 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="3E80970C" w14:textId="77777777" w:rsidR="00347F3E" w:rsidRPr="00B31EF3" w:rsidRDefault="00347F3E" w:rsidP="00347F3E">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5092CBA2" w14:textId="7F72B90B" w:rsidR="00A74C49" w:rsidRDefault="00827FF1" w:rsidP="00A74C49">
+    <w:p w14:paraId="5092CBA2" w14:textId="3DFFA187" w:rsidR="00A74C49" w:rsidRDefault="00827FF1" w:rsidP="00A74C49">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">March </w:t>
       </w:r>
       <w:r w:rsidR="00792A79">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>24</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E6EBE" w:rsidRPr="007E6EBE">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0156">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0156" w:rsidRPr="009A0156">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>th</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009F5BE5" w:rsidRPr="00B31EF3">
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0156">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00792A79">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>– 28</w:t>
+        <w:t>– 2</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0156">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00792A79" w:rsidRPr="00792A79">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00A8681F" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00347F3E" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="0047072D" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
@@ -2060,120 +2089,118 @@
       </w:r>
       <w:r w:rsidR="00792A79">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="009F5BE5" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Interviews with Campus Life Director</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F11388" w14:textId="77777777" w:rsidR="00A74C49" w:rsidRDefault="00A74C49" w:rsidP="00A74C49">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F9FB9BF" w14:textId="6F31D188" w:rsidR="007E6EBE" w:rsidRDefault="00792A79" w:rsidP="00A74C49">
+    <w:p w14:paraId="0F9FB9BF" w14:textId="35B51452" w:rsidR="007E6EBE" w:rsidRDefault="00792A79" w:rsidP="00A74C49">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Friday</w:t>
       </w:r>
       <w:r w:rsidR="00A74C49">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A74C49" w:rsidRPr="00A74C49">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>March</w:t>
       </w:r>
       <w:r w:rsidR="00A74C49">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E6EBE">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D07666">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
       <w:r w:rsidR="00A74C49" w:rsidRPr="00A74C49">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00A74C49">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A74C49" w:rsidRPr="00A74C49">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A74C49">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A74C49">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A74C49">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     Announce</w:t>
       </w:r>
       <w:r w:rsidR="00602723">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>ment of</w:t>
       </w:r>
       <w:r w:rsidR="00A74C49">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> new executive team</w:t>
       </w:r>
@@ -2250,273 +2277,392 @@
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>iring</w:t>
       </w:r>
       <w:r w:rsidR="007A4452" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Process</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DA3237F" w14:textId="77777777" w:rsidR="009F5BE5" w:rsidRDefault="009F5BE5" w:rsidP="007A4452">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="093C1A31" w14:textId="4CD83273" w:rsidR="007A4452" w:rsidRPr="00B31EF3" w:rsidRDefault="007A4452" w:rsidP="007A4452">
+    <w:p w14:paraId="093C1A31" w14:textId="7C0644D6" w:rsidR="007A4452" w:rsidRPr="00B31EF3" w:rsidRDefault="007A4452" w:rsidP="007A4452">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>You will be required to</w:t>
       </w:r>
       <w:r w:rsidR="00A87C35">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> submit</w:t>
       </w:r>
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> th</w:t>
       </w:r>
       <w:r w:rsidR="00C57502">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>e following to be consider for the Executive Position</w:t>
+        <w:t xml:space="preserve">e following to be </w:t>
+      </w:r>
+      <w:r w:rsidR="001A621F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>considered</w:t>
+      </w:r>
+      <w:r w:rsidR="00C57502">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the Executive Position</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61C57781" w14:textId="77777777" w:rsidR="007A4452" w:rsidRPr="00B31EF3" w:rsidRDefault="007A4452" w:rsidP="007A4452">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20790660" w14:textId="55AEF4C9" w:rsidR="007A4452" w:rsidRDefault="00A87C35" w:rsidP="009F5BE5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Resume</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F1AB05" w14:textId="2DDF8AAB" w:rsidR="00A87C35" w:rsidRDefault="00A87C35" w:rsidP="009F5BE5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Cover Letter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B533AB4" w14:textId="3D367624" w:rsidR="00792A79" w:rsidRDefault="00792A79" w:rsidP="009F5BE5">
+    <w:p w14:paraId="7B533AB4" w14:textId="52736117" w:rsidR="00792A79" w:rsidRPr="00140826" w:rsidRDefault="00140826" w:rsidP="00140826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Two (2) Letters of recommendation from a Staff AND Faculty member. Link is </w:t>
+      <w:r w:rsidRPr="00140826">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> Submit 1 letter of recommendation from a professor in your major AND 1 letter of recommendation from a staff member (may not be a Student Affairs staff member), TWO TOTAL</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33DC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00792A79" w:rsidRPr="00140826">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Link is </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00792A79">
+        <w:r w:rsidR="00792A79" w:rsidRPr="00140826">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00792A79" w:rsidRPr="00140826">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52676221" w14:textId="1020F36F" w:rsidR="00FD1966" w:rsidRDefault="00A87C35" w:rsidP="009F5BE5">
+    <w:p w14:paraId="52676221" w14:textId="35C6F35C" w:rsidR="00FD1966" w:rsidRDefault="00A87C35" w:rsidP="009F5BE5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Professional Portfolio</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6B872927" w14:textId="3B42B594" w:rsidR="00792A79" w:rsidRDefault="00A87C35" w:rsidP="00792A79">
+      <w:r w:rsidR="002A417D">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Executive VP of Marketing)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F610036" w14:textId="6798371F" w:rsidR="002A417D" w:rsidRPr="00E039A2" w:rsidRDefault="00A87C35" w:rsidP="002A417D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E039A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Need ideas on what goes in a </w:t>
       </w:r>
-      <w:r w:rsidR="00A25686">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+      <w:r w:rsidR="00A25686" w:rsidRPr="00E039A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>portfolio</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E039A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> click </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00A87C35">
+        <w:r w:rsidRPr="00E039A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>here</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E039A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007960C9" w:rsidRPr="00E039A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D07666" w:rsidRPr="00E039A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>promotional materials,</w:t>
+      </w:r>
+      <w:r w:rsidR="00487567" w:rsidRPr="00E039A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> flyers, you have done and</w:t>
+      </w:r>
+      <w:r w:rsidR="007960C9" w:rsidRPr="00E039A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you are proud of)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D07666" w:rsidRPr="00E039A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD655E7" w14:textId="36A67218" w:rsidR="002A417D" w:rsidRDefault="002A417D" w:rsidP="002A417D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Event proposal outline </w:t>
+      </w:r>
+      <w:r w:rsidR="003055F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(All other VP positions) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6704F45E" w14:textId="154F9FD5" w:rsidR="001A621F" w:rsidRPr="00E039A2" w:rsidRDefault="00E039A2" w:rsidP="001A621F">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E039A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>An event proposal should include at least a clear timeline from planning process to event execution, detailed budget, supplies list, staffing needs, and goals/intended outcomes from event. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Template </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="002A60B8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+            <w:i/>
+            <w:iCs/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
-        </w:rPr>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> you are proud of)</w:t>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="437FF1A8" w14:textId="77777777" w:rsidR="00281119" w:rsidRDefault="00281119" w:rsidP="00281119">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00E4A943" w14:textId="77777777" w:rsidR="00286E78" w:rsidRDefault="00281119" w:rsidP="00286E78">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Submit your application at:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D4E9B7D" w14:textId="5F3E22F7" w:rsidR="00286E78" w:rsidRDefault="00286E78" w:rsidP="00286E78">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://form.jotform.com/SouthwesternCollege/executive-team-stufu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5B27AD0F" w14:textId="5BAFEA18" w:rsidR="00A87C35" w:rsidRDefault="00A87C35" w:rsidP="00281119">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09724D0E" w14:textId="127F04FD" w:rsidR="00487567" w:rsidRDefault="00487567" w:rsidP="00487567">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68370E2E" w14:textId="43E4FFD6" w:rsidR="00797F83" w:rsidRPr="00281119" w:rsidRDefault="00487567" w:rsidP="00281119">
       <w:pPr>
         <w:rPr>
@@ -2737,51 +2883,51 @@
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D01FC1">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">executives </w:t>
       </w:r>
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>will serve as essential practical training</w:t>
       </w:r>
       <w:r w:rsidR="00D01FC1">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="458B8F36" w14:textId="727E10B7" w:rsidR="00CA7960" w:rsidRPr="00B31EF3" w:rsidRDefault="00367F3E" w:rsidP="00725337">
+    <w:p w14:paraId="458B8F36" w14:textId="088ABEC7" w:rsidR="00CA7960" w:rsidRPr="00B31EF3" w:rsidRDefault="00367F3E" w:rsidP="00725337">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="009F5BE5" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Campus Life Director</w:t>
       </w:r>
@@ -2791,56 +2937,56 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> will notify </w:t>
       </w:r>
       <w:r w:rsidR="009F5BE5" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>executives</w:t>
       </w:r>
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> when they are expected t</w:t>
       </w:r>
       <w:r w:rsidR="00827FF1" w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>o return to campus for Fall 202</w:t>
       </w:r>
-      <w:r w:rsidR="00792A79">
+      <w:r w:rsidR="00B42C86">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00B31EF3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> to plan as well as participate in orientation activities.</w:t>
       </w:r>
       <w:r w:rsidR="00D025BF">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1601D7A5" w14:textId="77777777" w:rsidR="00CA7960" w:rsidRPr="00B31EF3" w:rsidRDefault="00CA7960" w:rsidP="00CA7960">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
@@ -3178,154 +3324,186 @@
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FEA9BBE" w14:textId="7796EA43" w:rsidR="006825AC" w:rsidRPr="008F2963" w:rsidRDefault="006825AC" w:rsidP="004B51EF">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>*Must be a STUFU Executive for one academic year prior*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6049596C" w14:textId="6DDC2ED7" w:rsidR="005135F1" w:rsidRPr="001204CB" w:rsidRDefault="004B51EF" w:rsidP="00E86D48">
+    <w:p w14:paraId="6049596C" w14:textId="1F43A827" w:rsidR="005135F1" w:rsidRPr="001204CB" w:rsidRDefault="004B51EF" w:rsidP="00E86D48">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00FD0CB0" w:rsidRPr="001204CB">
+      <w:r w:rsidR="001302C3">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Vice President</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005135F1" w:rsidRPr="001204CB">
+        <w:t xml:space="preserve">Executive </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0CB0" w:rsidRPr="001204CB">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E6EBE">
+        <w:t>Vice President</w:t>
+      </w:r>
+      <w:r w:rsidR="005135F1" w:rsidRPr="001204CB">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>Marketing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06842088" w14:textId="08542369" w:rsidR="008F2963" w:rsidRPr="008F2963" w:rsidRDefault="008F2963" w:rsidP="008F2963">
+    <w:p w14:paraId="06842088" w14:textId="3E34F168" w:rsidR="008F2963" w:rsidRPr="008F2963" w:rsidRDefault="008F2963" w:rsidP="008F2963">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00670EDA">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">he Vice President of </w:t>
+        <w:t>he</w:t>
+      </w:r>
+      <w:r w:rsidR="001302C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Executive</w:t>
+      </w:r>
+      <w:r w:rsidR="00670EDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vice President of </w:t>
       </w:r>
       <w:r w:rsidR="007E6EBE">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Marketing</w:t>
       </w:r>
       <w:r w:rsidR="00792A79">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">is responsible for developing and implementing </w:t>
       </w:r>
       <w:r w:rsidR="007E6EBE">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>marketing</w:t>
       </w:r>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> strategies to promote </w:t>
       </w:r>
       <w:r w:rsidR="001C04DB">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>STUFU</w:t>
       </w:r>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> events, activities, and initiatives to the campus community and beyond. The Vice President of </w:t>
+        <w:t xml:space="preserve"> events, activities, and initiatives to the campus community and beyond. The</w:t>
+      </w:r>
+      <w:r w:rsidR="0023736B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Executive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2963">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vice President of </w:t>
       </w:r>
       <w:r w:rsidR="007E6EBE">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Marketing </w:t>
       </w:r>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">will work closely with other </w:t>
       </w:r>
       <w:r w:rsidR="00670EDA">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>executive team members</w:t>
       </w:r>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to ensure effective </w:t>
       </w:r>
@@ -3453,116 +3631,130 @@
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Collaborate with other </w:t>
       </w:r>
       <w:r w:rsidR="00670EDA">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>executive members</w:t>
       </w:r>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to create promotional materials, including flyers, posters, social media graphics, and other materials as needed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DBD6E1D" w14:textId="583BEC4D" w:rsidR="008F2963" w:rsidRPr="008F2963" w:rsidRDefault="008F2963" w:rsidP="008F2963">
+    <w:p w14:paraId="7DBD6E1D" w14:textId="7E74D4EC" w:rsidR="008F2963" w:rsidRPr="008F2963" w:rsidRDefault="008F2963" w:rsidP="008F2963">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Manage </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">STUFU </w:t>
       </w:r>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>social media accounts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Instagram, Facebook, Twitter)</w:t>
+        <w:t xml:space="preserve"> (Instagram)</w:t>
       </w:r>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>, including creating and scheduling posts, monitoring engagement, and responding to comments and messages.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ADECA2B" w14:textId="3FD3DC0A" w:rsidR="008F2963" w:rsidRDefault="008F2963" w:rsidP="008F2963">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Work with campus media outlets and other external partners to promote programming board events and activities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (JinxTale with Kaydee</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>JinxTale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with Kaydee</w:t>
       </w:r>
       <w:r w:rsidR="00E86D48">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Riggs-Johnson</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, Press release </w:t>
       </w:r>
       <w:r w:rsidR="00E86D48">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tv</w:t>
       </w:r>
@@ -3618,81 +3810,100 @@
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Attend all </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">committee and executive </w:t>
       </w:r>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>meetings and provide regular updates on communications activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25CA96A4" w14:textId="6C7B18EF" w:rsidR="008F2963" w:rsidRPr="008F2963" w:rsidRDefault="008F2963" w:rsidP="008F2963">
+    <w:p w14:paraId="25CA96A4" w14:textId="6C7B18EF" w:rsidR="008F2963" w:rsidRDefault="008F2963" w:rsidP="008F2963">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Work closely with other board members to ensure effective </w:t>
       </w:r>
       <w:r w:rsidR="007E6EBE">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>marketing strategies</w:t>
       </w:r>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and coordination of activities.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="6A31C8C4" w14:textId="4B5C6ABD" w:rsidR="0023736B" w:rsidRPr="008F2963" w:rsidRDefault="0023736B" w:rsidP="008F2963">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stand in for the President when needed. </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="422E5AD3" w14:textId="77777777" w:rsidR="008F2963" w:rsidRDefault="008F2963" w:rsidP="008F2963">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27DA5149" w14:textId="3159195A" w:rsidR="008F2963" w:rsidRPr="00286E78" w:rsidRDefault="008F2963" w:rsidP="008F2963">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00286E78">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Requirements:</w:t>
       </w:r>
@@ -3816,85 +4027,79 @@
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ability to work effectively as part of a team.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1810311B" w14:textId="77777777" w:rsidR="008F2963" w:rsidRPr="008F2963" w:rsidRDefault="008F2963" w:rsidP="008F2963">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Demonstrated ability to think creatively and strategically.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C589977" w14:textId="38B7A70E" w:rsidR="00792A2B" w:rsidRPr="00670EDA" w:rsidRDefault="008F2963" w:rsidP="005135F1">
+    <w:p w14:paraId="1516D98D" w14:textId="49863950" w:rsidR="004F1BF3" w:rsidRPr="00543511" w:rsidRDefault="008F2963" w:rsidP="00543511">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2963">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Strong organizational skills, with a keen attention to detail.</w:t>
-[...17 lines deleted...]
-        <w:br w:type="page"/>
+        <w:t xml:space="preserve">Strong organizational skills, with </w:t>
+      </w:r>
+      <w:r w:rsidR="00543511" w:rsidRPr="008F2963">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>keen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2963">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attention to detail.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52057E93" w14:textId="3DAD3A75" w:rsidR="001C04DB" w:rsidRPr="001204CB" w:rsidRDefault="001C04DB" w:rsidP="001C04DB">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001204CB">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vice President </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiBold" w:hAnsi="Bahnschrift SemiBold" w:cs="Arial"/>
           <w:b/>
@@ -5655,72 +5860,72 @@
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Strong communication and interpersonal skills to work effectively with others.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A855F93" w14:textId="6DECA0BA" w:rsidR="008D05B2" w:rsidRPr="000577FC" w:rsidRDefault="006D1AF7" w:rsidP="000577FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000577FC">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift SemiLight" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial"/>
         </w:rPr>
         <w:t>Prior experience planning or organizing events is preferred not required.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008D05B2" w:rsidRPr="000577FC" w:rsidSect="0070242A">
+    <w:sectPr w:rsidR="008D05B2" w:rsidRPr="000577FC" w:rsidSect="006C186E">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="1620" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1627" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17268081" w14:textId="77777777" w:rsidR="00793257" w:rsidRDefault="00793257" w:rsidP="003A7222">
+    <w:p w14:paraId="3A4931CC" w14:textId="77777777" w:rsidR="00312516" w:rsidRDefault="00312516" w:rsidP="003A7222">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FB00E66" w14:textId="77777777" w:rsidR="00793257" w:rsidRDefault="00793257" w:rsidP="003A7222">
+    <w:p w14:paraId="45EE05ED" w14:textId="77777777" w:rsidR="00312516" w:rsidRDefault="00312516" w:rsidP="003A7222">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bahnschrift SemiLight">
@@ -5763,58 +5968,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bahnschrift SemiBold">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002C7" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="674F6E83" w14:textId="77777777" w:rsidR="00793257" w:rsidRDefault="00793257" w:rsidP="003A7222">
+    <w:p w14:paraId="6EC8CB36" w14:textId="77777777" w:rsidR="00312516" w:rsidRDefault="00312516" w:rsidP="003A7222">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D68C77F" w14:textId="77777777" w:rsidR="00793257" w:rsidRDefault="00793257" w:rsidP="003A7222">
+    <w:p w14:paraId="3D5C5AF0" w14:textId="77777777" w:rsidR="00312516" w:rsidRDefault="00312516" w:rsidP="003A7222">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0165374E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E996D2DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -6350,50 +6555,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="150351B8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8C566128"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18437FE0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="16B8E9D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6498,51 +6816,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19F51445"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF5E157A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6611,51 +6929,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D963900"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C3CAA0A2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E2F2C8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC566652"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D61A484A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight" w:eastAsia="Times New Roman" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial" w:hint="default"/>
       </w:rPr>
@@ -6723,51 +7154,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="204B1E72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F8C0B62"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6836,51 +7267,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23B916D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA782354"/>
     <w:lvl w:ilvl="0" w:tplc="DA3CBB58">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6948,51 +7379,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23F23C2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9BD6FBFC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7061,51 +7492,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CFA1CF5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E996D2DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7178,51 +7609,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="321D430A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37D08CA4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7291,51 +7722,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32831795"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EAE02354"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7440,51 +7871,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DBB77AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="840661A2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7553,51 +7984,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="455C1D92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49E8B878"/>
     <w:lvl w:ilvl="0" w:tplc="4F002BA8">
       <w:start w:val="2018"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7666,51 +8097,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49A62957"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="401835C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:strike w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7782,51 +8213,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D916DB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEE41FC8"/>
     <w:lvl w:ilvl="0" w:tplc="5D829DC4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Bahnschrift SemiLight" w:eastAsia="Times New Roman" w:hAnsi="Bahnschrift SemiLight" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -7894,51 +8325,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DEE6239"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F184E95C"/>
     <w:lvl w:ilvl="0" w:tplc="9438D618">
       <w:start w:val="2018"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8007,51 +8438,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="518B1027"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B776CA48"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8120,51 +8551,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="569E2AA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1B4C750"/>
     <w:lvl w:ilvl="0" w:tplc="FA58997C">
       <w:start w:val="26"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8236,51 +8667,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C1C5895"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FD818C8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8349,51 +8780,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C976037"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E996D2DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8466,51 +8897,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CEB5A48"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="95AA1356"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8586,51 +9017,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D4E4222"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="68F86A9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8702,51 +9133,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="654F5FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28C21B92"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="860" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8815,51 +9246,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C2E639E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E996D2DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8932,51 +9363,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E2F438E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF0CE8C6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9045,51 +9476,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E436265"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E996D2DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9162,51 +9593,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70BF1990"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B08808C4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9275,51 +9706,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75534AEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D70A1AD6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9388,51 +9819,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FB35AD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C83E7F4C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9502,465 +9933,519 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1578511951">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2093313824">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="351886227">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2093313824">
+  <w:num w:numId="4" w16cid:durableId="212891141">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="351886227">
+  <w:num w:numId="5" w16cid:durableId="1692217185">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2033409434">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="212891141">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="7" w16cid:durableId="222252542">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2049599188">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="567304885">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="818958725">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="553466657">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1109472581">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1519730148">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1204059914">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2079130460">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="656374085">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="561407516">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="705375797">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="984967079">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1589577619">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="9649601">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1762025158">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1248493472">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1248462117">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="2039577042">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1421214350">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="799807653">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1665159546">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="674721753">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1714693318">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="610867868">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1559586053">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1200437765">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1364088394">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00797F83"/>
     <w:rsid w:val="0000439C"/>
     <w:rsid w:val="000127CF"/>
     <w:rsid w:val="00026F21"/>
     <w:rsid w:val="0004191E"/>
     <w:rsid w:val="00055210"/>
     <w:rsid w:val="000577FC"/>
     <w:rsid w:val="00057858"/>
     <w:rsid w:val="0006038E"/>
     <w:rsid w:val="00063EF3"/>
     <w:rsid w:val="00070C18"/>
     <w:rsid w:val="00076787"/>
     <w:rsid w:val="000A13E5"/>
     <w:rsid w:val="000B0D6B"/>
     <w:rsid w:val="000B3465"/>
     <w:rsid w:val="000C5C76"/>
     <w:rsid w:val="000E7253"/>
     <w:rsid w:val="000F2B10"/>
     <w:rsid w:val="000F6108"/>
     <w:rsid w:val="000F651B"/>
     <w:rsid w:val="001057CF"/>
     <w:rsid w:val="00114E02"/>
     <w:rsid w:val="001204CB"/>
+    <w:rsid w:val="001302C3"/>
     <w:rsid w:val="001359CB"/>
     <w:rsid w:val="001406E2"/>
+    <w:rsid w:val="00140826"/>
     <w:rsid w:val="00145F4D"/>
+    <w:rsid w:val="00156F07"/>
     <w:rsid w:val="00163B4D"/>
+    <w:rsid w:val="00164F10"/>
     <w:rsid w:val="0016716A"/>
     <w:rsid w:val="00192B2D"/>
     <w:rsid w:val="00192F08"/>
+    <w:rsid w:val="001A2C33"/>
+    <w:rsid w:val="001A621F"/>
     <w:rsid w:val="001B0596"/>
     <w:rsid w:val="001B3F92"/>
     <w:rsid w:val="001C04DB"/>
+    <w:rsid w:val="001D3BF8"/>
     <w:rsid w:val="001F4603"/>
+    <w:rsid w:val="00202DFA"/>
     <w:rsid w:val="00206FBD"/>
     <w:rsid w:val="00216BCC"/>
     <w:rsid w:val="00221E28"/>
     <w:rsid w:val="002335B9"/>
     <w:rsid w:val="00236EE2"/>
+    <w:rsid w:val="0023736B"/>
     <w:rsid w:val="0026128F"/>
     <w:rsid w:val="00266DF3"/>
     <w:rsid w:val="00281119"/>
     <w:rsid w:val="00282D73"/>
     <w:rsid w:val="00286E78"/>
     <w:rsid w:val="002A33C5"/>
+    <w:rsid w:val="002A417D"/>
+    <w:rsid w:val="002A60B8"/>
     <w:rsid w:val="002A7D66"/>
     <w:rsid w:val="002C0D5E"/>
     <w:rsid w:val="002C3395"/>
     <w:rsid w:val="002C593A"/>
     <w:rsid w:val="002D0434"/>
+    <w:rsid w:val="002E56ED"/>
     <w:rsid w:val="002E738B"/>
     <w:rsid w:val="002E7FCE"/>
     <w:rsid w:val="002F1CE8"/>
     <w:rsid w:val="002F3828"/>
     <w:rsid w:val="00302854"/>
+    <w:rsid w:val="003055F7"/>
+    <w:rsid w:val="00312516"/>
     <w:rsid w:val="00343218"/>
     <w:rsid w:val="00347F3E"/>
     <w:rsid w:val="0035624C"/>
     <w:rsid w:val="00367F3E"/>
     <w:rsid w:val="00370990"/>
     <w:rsid w:val="003825BB"/>
     <w:rsid w:val="00382E40"/>
     <w:rsid w:val="003855B5"/>
     <w:rsid w:val="0039352F"/>
     <w:rsid w:val="00397AAD"/>
     <w:rsid w:val="003A0710"/>
     <w:rsid w:val="003A6022"/>
     <w:rsid w:val="003A7222"/>
     <w:rsid w:val="003B73AB"/>
     <w:rsid w:val="003C2412"/>
     <w:rsid w:val="003D5FC6"/>
     <w:rsid w:val="003D7113"/>
     <w:rsid w:val="003F600D"/>
     <w:rsid w:val="003F733E"/>
     <w:rsid w:val="00414F01"/>
     <w:rsid w:val="00415F40"/>
+    <w:rsid w:val="00417858"/>
     <w:rsid w:val="00430723"/>
     <w:rsid w:val="00433C5F"/>
     <w:rsid w:val="00441827"/>
     <w:rsid w:val="00441E71"/>
     <w:rsid w:val="00444584"/>
     <w:rsid w:val="0047072D"/>
     <w:rsid w:val="00482BC8"/>
     <w:rsid w:val="00487567"/>
     <w:rsid w:val="00492C2E"/>
     <w:rsid w:val="004A715A"/>
     <w:rsid w:val="004B017E"/>
     <w:rsid w:val="004B4DE0"/>
     <w:rsid w:val="004B51EF"/>
     <w:rsid w:val="004C58E7"/>
     <w:rsid w:val="004C748D"/>
     <w:rsid w:val="004D24D9"/>
     <w:rsid w:val="004E56B0"/>
     <w:rsid w:val="004F1BF3"/>
     <w:rsid w:val="004F319A"/>
     <w:rsid w:val="00500BCE"/>
     <w:rsid w:val="005035FE"/>
     <w:rsid w:val="005135F1"/>
     <w:rsid w:val="0051737B"/>
     <w:rsid w:val="00522376"/>
     <w:rsid w:val="0052446D"/>
     <w:rsid w:val="005309D3"/>
     <w:rsid w:val="00534DF0"/>
     <w:rsid w:val="00540128"/>
+    <w:rsid w:val="00543511"/>
     <w:rsid w:val="00547340"/>
     <w:rsid w:val="00547374"/>
     <w:rsid w:val="00563A4F"/>
     <w:rsid w:val="005716FA"/>
     <w:rsid w:val="00571A7D"/>
     <w:rsid w:val="00581774"/>
     <w:rsid w:val="00584214"/>
     <w:rsid w:val="005907B0"/>
+    <w:rsid w:val="005A6013"/>
     <w:rsid w:val="005C171D"/>
+    <w:rsid w:val="005E3552"/>
+    <w:rsid w:val="005F6E97"/>
     <w:rsid w:val="00602723"/>
     <w:rsid w:val="006155B4"/>
     <w:rsid w:val="00617D80"/>
     <w:rsid w:val="006245FE"/>
     <w:rsid w:val="006247D9"/>
     <w:rsid w:val="0063159E"/>
     <w:rsid w:val="006455CB"/>
+    <w:rsid w:val="006458A9"/>
     <w:rsid w:val="00651421"/>
     <w:rsid w:val="0066528F"/>
     <w:rsid w:val="006707FE"/>
     <w:rsid w:val="00670EDA"/>
     <w:rsid w:val="006825AC"/>
+    <w:rsid w:val="00687EAC"/>
     <w:rsid w:val="0069354A"/>
     <w:rsid w:val="006A0218"/>
     <w:rsid w:val="006A2058"/>
     <w:rsid w:val="006A7CE2"/>
     <w:rsid w:val="006B6FF1"/>
     <w:rsid w:val="006B7A8B"/>
     <w:rsid w:val="006C036A"/>
+    <w:rsid w:val="006C186E"/>
     <w:rsid w:val="006C2990"/>
     <w:rsid w:val="006D1AF7"/>
     <w:rsid w:val="006E30DE"/>
     <w:rsid w:val="006E7C69"/>
     <w:rsid w:val="007019B3"/>
     <w:rsid w:val="0070242A"/>
     <w:rsid w:val="007037D4"/>
     <w:rsid w:val="00704F54"/>
     <w:rsid w:val="00710343"/>
     <w:rsid w:val="00713E4A"/>
     <w:rsid w:val="00721AEA"/>
     <w:rsid w:val="00722195"/>
+    <w:rsid w:val="00724797"/>
     <w:rsid w:val="00725337"/>
     <w:rsid w:val="00732B17"/>
     <w:rsid w:val="00733ABF"/>
     <w:rsid w:val="007348D7"/>
+    <w:rsid w:val="00735323"/>
     <w:rsid w:val="00745486"/>
     <w:rsid w:val="0076308D"/>
     <w:rsid w:val="00766819"/>
+    <w:rsid w:val="00767BA0"/>
     <w:rsid w:val="00773130"/>
     <w:rsid w:val="007765F4"/>
     <w:rsid w:val="00787239"/>
     <w:rsid w:val="00792A2B"/>
     <w:rsid w:val="00792A79"/>
     <w:rsid w:val="00793257"/>
     <w:rsid w:val="007960C9"/>
     <w:rsid w:val="00797F83"/>
     <w:rsid w:val="007A0DC1"/>
     <w:rsid w:val="007A0E45"/>
     <w:rsid w:val="007A4452"/>
     <w:rsid w:val="007A44C7"/>
     <w:rsid w:val="007A6397"/>
     <w:rsid w:val="007D5EA7"/>
     <w:rsid w:val="007E1EF9"/>
     <w:rsid w:val="007E6EBE"/>
     <w:rsid w:val="00801337"/>
     <w:rsid w:val="00804057"/>
     <w:rsid w:val="00812D5D"/>
     <w:rsid w:val="00827FF1"/>
     <w:rsid w:val="00847625"/>
     <w:rsid w:val="008551D1"/>
     <w:rsid w:val="0087383F"/>
     <w:rsid w:val="008B64B7"/>
     <w:rsid w:val="008C64E2"/>
     <w:rsid w:val="008D05B2"/>
     <w:rsid w:val="008E5747"/>
     <w:rsid w:val="008F2963"/>
     <w:rsid w:val="00903745"/>
     <w:rsid w:val="009254C4"/>
     <w:rsid w:val="009275E0"/>
     <w:rsid w:val="00931EA1"/>
+    <w:rsid w:val="00940E6E"/>
     <w:rsid w:val="0095522F"/>
     <w:rsid w:val="0095752C"/>
     <w:rsid w:val="00974B12"/>
     <w:rsid w:val="009768D6"/>
     <w:rsid w:val="00981369"/>
     <w:rsid w:val="0098594D"/>
     <w:rsid w:val="00990D5E"/>
     <w:rsid w:val="0099333E"/>
     <w:rsid w:val="00996092"/>
+    <w:rsid w:val="009A0156"/>
     <w:rsid w:val="009A6777"/>
     <w:rsid w:val="009A6BA1"/>
     <w:rsid w:val="009B135D"/>
     <w:rsid w:val="009B5209"/>
     <w:rsid w:val="009C04B6"/>
     <w:rsid w:val="009C7D43"/>
     <w:rsid w:val="009E42F7"/>
+    <w:rsid w:val="009F128C"/>
     <w:rsid w:val="009F5BE5"/>
     <w:rsid w:val="00A06940"/>
     <w:rsid w:val="00A13BFA"/>
     <w:rsid w:val="00A25686"/>
     <w:rsid w:val="00A279E7"/>
     <w:rsid w:val="00A3199D"/>
     <w:rsid w:val="00A3466B"/>
     <w:rsid w:val="00A34CF5"/>
     <w:rsid w:val="00A4417C"/>
     <w:rsid w:val="00A44C41"/>
     <w:rsid w:val="00A50D1E"/>
     <w:rsid w:val="00A540CC"/>
     <w:rsid w:val="00A60354"/>
     <w:rsid w:val="00A72DF9"/>
     <w:rsid w:val="00A74C49"/>
     <w:rsid w:val="00A8681F"/>
     <w:rsid w:val="00A87C35"/>
     <w:rsid w:val="00AA1D8C"/>
     <w:rsid w:val="00AA26C7"/>
     <w:rsid w:val="00AB730C"/>
     <w:rsid w:val="00AC5716"/>
     <w:rsid w:val="00AD5D64"/>
     <w:rsid w:val="00AF0A57"/>
     <w:rsid w:val="00B01F11"/>
     <w:rsid w:val="00B124E4"/>
     <w:rsid w:val="00B31EF3"/>
+    <w:rsid w:val="00B42C86"/>
     <w:rsid w:val="00B5053D"/>
     <w:rsid w:val="00B64AC6"/>
     <w:rsid w:val="00B71A28"/>
     <w:rsid w:val="00B814D6"/>
     <w:rsid w:val="00B928EB"/>
     <w:rsid w:val="00B93EA4"/>
     <w:rsid w:val="00BA52AD"/>
     <w:rsid w:val="00BB2909"/>
     <w:rsid w:val="00BB3E79"/>
     <w:rsid w:val="00BD545D"/>
+    <w:rsid w:val="00BF265B"/>
     <w:rsid w:val="00BF567B"/>
+    <w:rsid w:val="00C13177"/>
     <w:rsid w:val="00C1742A"/>
     <w:rsid w:val="00C3295B"/>
     <w:rsid w:val="00C32970"/>
     <w:rsid w:val="00C36633"/>
     <w:rsid w:val="00C567F3"/>
     <w:rsid w:val="00C57502"/>
+    <w:rsid w:val="00C66AD9"/>
     <w:rsid w:val="00C777B1"/>
     <w:rsid w:val="00C80CE7"/>
     <w:rsid w:val="00C842B9"/>
     <w:rsid w:val="00C85CCC"/>
     <w:rsid w:val="00C85D5D"/>
     <w:rsid w:val="00C9217E"/>
+    <w:rsid w:val="00CA57E5"/>
     <w:rsid w:val="00CA69D2"/>
     <w:rsid w:val="00CA7960"/>
     <w:rsid w:val="00CA7C7B"/>
     <w:rsid w:val="00CB130A"/>
     <w:rsid w:val="00CB5814"/>
     <w:rsid w:val="00CC3F4E"/>
     <w:rsid w:val="00CD0FF0"/>
     <w:rsid w:val="00CE6452"/>
     <w:rsid w:val="00CF0C3C"/>
+    <w:rsid w:val="00CF3571"/>
     <w:rsid w:val="00D01FC1"/>
     <w:rsid w:val="00D025BF"/>
     <w:rsid w:val="00D0559F"/>
+    <w:rsid w:val="00D07666"/>
     <w:rsid w:val="00D15B62"/>
+    <w:rsid w:val="00D21DDD"/>
     <w:rsid w:val="00D31E3B"/>
     <w:rsid w:val="00D57C15"/>
     <w:rsid w:val="00D60033"/>
     <w:rsid w:val="00D61751"/>
     <w:rsid w:val="00D70A29"/>
     <w:rsid w:val="00D74DE6"/>
     <w:rsid w:val="00D804D4"/>
+    <w:rsid w:val="00D82FB6"/>
     <w:rsid w:val="00D87032"/>
     <w:rsid w:val="00DA7F99"/>
     <w:rsid w:val="00DB2EFF"/>
+    <w:rsid w:val="00DC6F0C"/>
     <w:rsid w:val="00DD29BF"/>
     <w:rsid w:val="00DD5F98"/>
+    <w:rsid w:val="00E039A2"/>
+    <w:rsid w:val="00E13361"/>
     <w:rsid w:val="00E15419"/>
     <w:rsid w:val="00E2042C"/>
     <w:rsid w:val="00E22109"/>
     <w:rsid w:val="00E311F0"/>
     <w:rsid w:val="00E3225A"/>
     <w:rsid w:val="00E32842"/>
+    <w:rsid w:val="00E33DC0"/>
+    <w:rsid w:val="00E46032"/>
+    <w:rsid w:val="00E50B69"/>
     <w:rsid w:val="00E519CD"/>
     <w:rsid w:val="00E52ACF"/>
+    <w:rsid w:val="00E5513A"/>
+    <w:rsid w:val="00E577DD"/>
     <w:rsid w:val="00E60375"/>
     <w:rsid w:val="00E62E25"/>
     <w:rsid w:val="00E71834"/>
     <w:rsid w:val="00E80443"/>
+    <w:rsid w:val="00E81FC3"/>
     <w:rsid w:val="00E86D48"/>
+    <w:rsid w:val="00E94EAC"/>
     <w:rsid w:val="00EA599B"/>
     <w:rsid w:val="00EB1443"/>
     <w:rsid w:val="00EC7FDD"/>
     <w:rsid w:val="00ED3C7F"/>
     <w:rsid w:val="00EF3F65"/>
     <w:rsid w:val="00F05108"/>
     <w:rsid w:val="00F116A8"/>
     <w:rsid w:val="00F163C6"/>
+    <w:rsid w:val="00F21D4E"/>
     <w:rsid w:val="00F252B1"/>
     <w:rsid w:val="00F25FBA"/>
     <w:rsid w:val="00F26C12"/>
     <w:rsid w:val="00F45F80"/>
     <w:rsid w:val="00F46BDA"/>
     <w:rsid w:val="00F5272A"/>
     <w:rsid w:val="00F546A8"/>
     <w:rsid w:val="00F575A0"/>
     <w:rsid w:val="00F70B5B"/>
     <w:rsid w:val="00F73AFF"/>
     <w:rsid w:val="00F9039E"/>
     <w:rsid w:val="00F964B8"/>
     <w:rsid w:val="00FA1F28"/>
     <w:rsid w:val="00FA2D00"/>
     <w:rsid w:val="00FA67A5"/>
     <w:rsid w:val="00FB1316"/>
     <w:rsid w:val="00FD0CB0"/>
     <w:rsid w:val="00FD12BB"/>
     <w:rsid w:val="00FD1966"/>
     <w:rsid w:val="00FD4141"/>
     <w:rsid w:val="00FD6E1D"/>
     <w:rsid w:val="00FD7F28"/>
     <w:rsid w:val="00FE609D"/>
     <w:rsid w:val="00FF7F5B"/>
   </w:rsids>
@@ -11334,51 +11819,51 @@
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://form.jotform.com/SouthwesternCollege/sga-recommendation" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://form.jotform.com/SouthwesternCollege/executive-team-stufu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebalancecareers.com/what-is-a-professional-portfolio-1987043" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://form.jotform.com/SouthwesternCollege/sga-recommendation" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://form.jotform.com/SouthwesternCollege/executive-team-stufu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sckans-my.sharepoint.com/personal/claire_nichols_sckans_edu/Documents/Documents/2025-2026/Student%20Foundations/Student%20Foundation%20Event%20Proposal.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebalancecareers.com/what-is-a-professional-portfolio-1987043" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11625,66 +12110,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>2334</Words>
-  <Characters>13309</Characters>
+  <Words>2258</Words>
+  <Characters>13936</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>110</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>357</Lines>
+  <Paragraphs>199</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Southwestern College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15612</CharactersWithSpaces>
+  <CharactersWithSpaces>15995</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Southwestern College</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>